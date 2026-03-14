--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -415,51 +415,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B167"/>
+  <dimension ref="A1:B198"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Cota</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="n">
         <v>45811</v>
       </c>
       <c r="B2" s="2" t="n">
         <v>1</v>
@@ -1761,46 +1761,294 @@
         <v>1.076307</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="n">
         <v>46044</v>
       </c>
       <c r="B165" s="2" t="n">
         <v>1.0808</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="n">
         <v>46045</v>
       </c>
       <c r="B166" s="2" t="n">
         <v>1.077699</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="n">
         <v>46048</v>
       </c>
       <c r="B167" s="2" t="n">
         <v>1.076884</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="1" t="n">
+        <v>46049</v>
+      </c>
+      <c r="B168" s="2" t="n">
+        <v>1.078168</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="1" t="n">
+        <v>46050</v>
+      </c>
+      <c r="B169" s="2" t="n">
+        <v>1.080401</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="1" t="n">
+        <v>46051</v>
+      </c>
+      <c r="B170" s="2" t="n">
+        <v>1.077161</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="1" t="n">
+        <v>46052</v>
+      </c>
+      <c r="B171" s="2" t="n">
+        <v>1.079447</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="1" t="n">
+        <v>46055</v>
+      </c>
+      <c r="B172" s="2" t="n">
+        <v>1.08605</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="1" t="n">
+        <v>46056</v>
+      </c>
+      <c r="B173" s="2" t="n">
+        <v>1.081168</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="1" t="n">
+        <v>46057</v>
+      </c>
+      <c r="B174" s="2" t="n">
+        <v>1.08288</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="1" t="n">
+        <v>46058</v>
+      </c>
+      <c r="B175" s="2" t="n">
+        <v>1.089893</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="1" t="n">
+        <v>46059</v>
+      </c>
+      <c r="B176" s="2" t="n">
+        <v>1.092409</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="1" t="n">
+        <v>46062</v>
+      </c>
+      <c r="B177" s="2" t="n">
+        <v>1.094021</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="1" t="n">
+        <v>46063</v>
+      </c>
+      <c r="B178" s="2" t="n">
+        <v>1.095957</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="1" t="n">
+        <v>46064</v>
+      </c>
+      <c r="B179" s="2" t="n">
+        <v>1.096026</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="1" t="n">
+        <v>46065</v>
+      </c>
+      <c r="B180" s="2" t="n">
+        <v>1.102014</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="1" t="n">
+        <v>46066</v>
+      </c>
+      <c r="B181" s="2" t="n">
+        <v>1.101761</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="1" t="n">
+        <v>46071</v>
+      </c>
+      <c r="B182" s="2" t="n">
+        <v>1.102839</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="1" t="n">
+        <v>46072</v>
+      </c>
+      <c r="B183" s="2" t="n">
+        <v>1.107962</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="1" t="n">
+        <v>46073</v>
+      </c>
+      <c r="B184" s="2" t="n">
+        <v>1.111775</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="1" t="n">
+        <v>46076</v>
+      </c>
+      <c r="B185" s="2" t="n">
+        <v>1.101906</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="1" t="n">
+        <v>46077</v>
+      </c>
+      <c r="B186" s="2" t="n">
+        <v>1.096351</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="1" t="n">
+        <v>46078</v>
+      </c>
+      <c r="B187" s="2" t="n">
+        <v>1.095148</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="1" t="n">
+        <v>46079</v>
+      </c>
+      <c r="B188" s="2" t="n">
+        <v>1.08624</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="1" t="n">
+        <v>46080</v>
+      </c>
+      <c r="B189" s="2" t="n">
+        <v>1.080003</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="1" t="n">
+        <v>46083</v>
+      </c>
+      <c r="B190" s="2" t="n">
+        <v>1.084794</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="1" t="n">
+        <v>46084</v>
+      </c>
+      <c r="B191" s="2" t="n">
+        <v>1.077738</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="1" t="n">
+        <v>46085</v>
+      </c>
+      <c r="B192" s="2" t="n">
+        <v>1.075909</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="1" t="n">
+        <v>46086</v>
+      </c>
+      <c r="B193" s="2" t="n">
+        <v>1.072812</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="1" t="n">
+        <v>46087</v>
+      </c>
+      <c r="B194" s="2" t="n">
+        <v>1.073076</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="1" t="n">
+        <v>46090</v>
+      </c>
+      <c r="B195" s="2" t="n">
+        <v>1.076451</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="1" t="n">
+        <v>46091</v>
+      </c>
+      <c r="B196" s="2" t="n">
+        <v>1.074967</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="1" t="n">
+        <v>46092</v>
+      </c>
+      <c r="B197" s="2" t="n">
+        <v>1.078584</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="1" t="n">
+        <v>46093</v>
+      </c>
+      <c r="B198" s="2" t="n">
+        <v>1.087552</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>