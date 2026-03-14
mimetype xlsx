--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -415,51 +415,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B924"/>
+  <dimension ref="A1:B946"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Cota</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="n">
         <v>44698</v>
       </c>
       <c r="B2" s="2" t="n">
         <v>1</v>
@@ -7817,46 +7817,222 @@
         <v>1.570671</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="1" t="n">
         <v>46035</v>
       </c>
       <c r="B922" s="2" t="n">
         <v>1.553279</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="1" t="n">
         <v>46036</v>
       </c>
       <c r="B923" s="2" t="n">
         <v>1.551782</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="1" t="n">
         <v>46037</v>
       </c>
       <c r="B924" s="2" t="n">
         <v>1.541624</v>
+      </c>
+    </row>
+    <row r="925">
+      <c r="A925" s="1" t="n">
+        <v>46038</v>
+      </c>
+      <c r="B925" s="2" t="n">
+        <v>1.532599</v>
+      </c>
+    </row>
+    <row r="926">
+      <c r="A926" s="1" t="n">
+        <v>46041</v>
+      </c>
+      <c r="B926" s="2" t="n">
+        <v>1.534282</v>
+      </c>
+    </row>
+    <row r="927">
+      <c r="A927" s="1" t="n">
+        <v>46042</v>
+      </c>
+      <c r="B927" s="2" t="n">
+        <v>1.538458</v>
+      </c>
+    </row>
+    <row r="928">
+      <c r="A928" s="1" t="n">
+        <v>46043</v>
+      </c>
+      <c r="B928" s="2" t="n">
+        <v>1.556478</v>
+      </c>
+    </row>
+    <row r="929">
+      <c r="A929" s="1" t="n">
+        <v>46044</v>
+      </c>
+      <c r="B929" s="2" t="n">
+        <v>1.572112</v>
+      </c>
+    </row>
+    <row r="930">
+      <c r="A930" s="1" t="n">
+        <v>46045</v>
+      </c>
+      <c r="B930" s="2" t="n">
+        <v>1.579299</v>
+      </c>
+    </row>
+    <row r="931">
+      <c r="A931" s="1" t="n">
+        <v>46048</v>
+      </c>
+      <c r="B931" s="2" t="n">
+        <v>1.586443</v>
+      </c>
+    </row>
+    <row r="932">
+      <c r="A932" s="1" t="n">
+        <v>46049</v>
+      </c>
+      <c r="B932" s="2" t="n">
+        <v>1.604464</v>
+      </c>
+    </row>
+    <row r="933">
+      <c r="A933" s="1" t="n">
+        <v>46050</v>
+      </c>
+      <c r="B933" s="2" t="n">
+        <v>1.616035</v>
+      </c>
+    </row>
+    <row r="934">
+      <c r="A934" s="1" t="n">
+        <v>46051</v>
+      </c>
+      <c r="B934" s="2" t="n">
+        <v>1.601797</v>
+      </c>
+    </row>
+    <row r="935">
+      <c r="A935" s="1" t="n">
+        <v>46052</v>
+      </c>
+      <c r="B935" s="2" t="n">
+        <v>1.601646</v>
+      </c>
+    </row>
+    <row r="936">
+      <c r="A936" s="1" t="n">
+        <v>46055</v>
+      </c>
+      <c r="B936" s="2" t="n">
+        <v>1.608593</v>
+      </c>
+    </row>
+    <row r="937">
+      <c r="A937" s="1" t="n">
+        <v>46056</v>
+      </c>
+      <c r="B937" s="2" t="n">
+        <v>1.609796</v>
+      </c>
+    </row>
+    <row r="938">
+      <c r="A938" s="1" t="n">
+        <v>46057</v>
+      </c>
+      <c r="B938" s="2" t="n">
+        <v>1.594361</v>
+      </c>
+    </row>
+    <row r="939">
+      <c r="A939" s="1" t="n">
+        <v>46058</v>
+      </c>
+      <c r="B939" s="2" t="n">
+        <v>1.608593</v>
+      </c>
+    </row>
+    <row r="940">
+      <c r="A940" s="1" t="n">
+        <v>46059</v>
+      </c>
+      <c r="B940" s="2" t="n">
+        <v>1.608593</v>
+      </c>
+    </row>
+    <row r="941">
+      <c r="A941" s="1" t="n">
+        <v>46062</v>
+      </c>
+      <c r="B941" s="2" t="n">
+        <v>1.608593</v>
+      </c>
+    </row>
+    <row r="942">
+      <c r="A942" s="1" t="n">
+        <v>46063</v>
+      </c>
+      <c r="B942" s="2" t="n">
+        <v>1.608593</v>
+      </c>
+    </row>
+    <row r="943">
+      <c r="A943" s="1" t="n">
+        <v>46064</v>
+      </c>
+      <c r="B943" s="2" t="n">
+        <v>1.618459</v>
+      </c>
+    </row>
+    <row r="944">
+      <c r="A944" s="1" t="n">
+        <v>46065</v>
+      </c>
+      <c r="B944" s="2" t="n">
+        <v>1.607094</v>
+      </c>
+    </row>
+    <row r="945">
+      <c r="A945" s="1" t="n">
+        <v>46066</v>
+      </c>
+      <c r="B945" s="2" t="n">
+        <v>1.604279</v>
+      </c>
+    </row>
+    <row r="946">
+      <c r="A946" s="1" t="n">
+        <v>46071</v>
+      </c>
+      <c r="B946" s="2" t="n">
+        <v>1.610519</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>