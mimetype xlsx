--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -415,51 +415,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B1255"/>
+  <dimension ref="A1:B1286"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Cota</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="n">
         <v>44225</v>
       </c>
       <c r="B2" s="2" t="n">
         <v>1</v>
@@ -10465,46 +10465,294 @@
         <v>1.26402</v>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" s="1" t="n">
         <v>46044</v>
       </c>
       <c r="B1253" s="2" t="n">
         <v>1.282374</v>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" s="1" t="n">
         <v>46045</v>
       </c>
       <c r="B1254" s="2" t="n">
         <v>1.289377</v>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" s="1" t="n">
         <v>46048</v>
       </c>
       <c r="B1255" s="2" t="n">
         <v>1.295526</v>
+      </c>
+    </row>
+    <row r="1256">
+      <c r="A1256" s="1" t="n">
+        <v>46049</v>
+      </c>
+      <c r="B1256" s="2" t="n">
+        <v>1.312409</v>
+      </c>
+    </row>
+    <row r="1257">
+      <c r="A1257" s="1" t="n">
+        <v>46050</v>
+      </c>
+      <c r="B1257" s="2" t="n">
+        <v>1.323768</v>
+      </c>
+    </row>
+    <row r="1258">
+      <c r="A1258" s="1" t="n">
+        <v>46051</v>
+      </c>
+      <c r="B1258" s="2" t="n">
+        <v>1.306129</v>
+      </c>
+    </row>
+    <row r="1259">
+      <c r="A1259" s="1" t="n">
+        <v>46052</v>
+      </c>
+      <c r="B1259" s="2" t="n">
+        <v>1.309114</v>
+      </c>
+    </row>
+    <row r="1260">
+      <c r="A1260" s="1" t="n">
+        <v>46055</v>
+      </c>
+      <c r="B1260" s="2" t="n">
+        <v>1.321073</v>
+      </c>
+    </row>
+    <row r="1261">
+      <c r="A1261" s="1" t="n">
+        <v>46056</v>
+      </c>
+      <c r="B1261" s="2" t="n">
+        <v>1.316843</v>
+      </c>
+    </row>
+    <row r="1262">
+      <c r="A1262" s="1" t="n">
+        <v>46057</v>
+      </c>
+      <c r="B1262" s="2" t="n">
+        <v>1.302328</v>
+      </c>
+    </row>
+    <row r="1263">
+      <c r="A1263" s="1" t="n">
+        <v>46058</v>
+      </c>
+      <c r="B1263" s="2" t="n">
+        <v>1.305266</v>
+      </c>
+    </row>
+    <row r="1264">
+      <c r="A1264" s="1" t="n">
+        <v>46059</v>
+      </c>
+      <c r="B1264" s="2" t="n">
+        <v>1.317993</v>
+      </c>
+    </row>
+    <row r="1265">
+      <c r="A1265" s="1" t="n">
+        <v>46062</v>
+      </c>
+      <c r="B1265" s="2" t="n">
+        <v>1.319318</v>
+      </c>
+    </row>
+    <row r="1266">
+      <c r="A1266" s="1" t="n">
+        <v>46063</v>
+      </c>
+      <c r="B1266" s="2" t="n">
+        <v>1.323157</v>
+      </c>
+    </row>
+    <row r="1267">
+      <c r="A1267" s="1" t="n">
+        <v>46064</v>
+      </c>
+      <c r="B1267" s="2" t="n">
+        <v>1.330289</v>
+      </c>
+    </row>
+    <row r="1268">
+      <c r="A1268" s="1" t="n">
+        <v>46065</v>
+      </c>
+      <c r="B1268" s="2" t="n">
+        <v>1.319856</v>
+      </c>
+    </row>
+    <row r="1269">
+      <c r="A1269" s="1" t="n">
+        <v>46066</v>
+      </c>
+      <c r="B1269" s="2" t="n">
+        <v>1.316141</v>
+      </c>
+    </row>
+    <row r="1270">
+      <c r="A1270" s="1" t="n">
+        <v>46071</v>
+      </c>
+      <c r="B1270" s="2" t="n">
+        <v>1.323084</v>
+      </c>
+    </row>
+    <row r="1271">
+      <c r="A1271" s="1" t="n">
+        <v>46072</v>
+      </c>
+      <c r="B1271" s="2" t="n">
+        <v>1.347835</v>
+      </c>
+    </row>
+    <row r="1272">
+      <c r="A1272" s="1" t="n">
+        <v>46073</v>
+      </c>
+      <c r="B1272" s="2" t="n">
+        <v>1.361683</v>
+      </c>
+    </row>
+    <row r="1273">
+      <c r="A1273" s="1" t="n">
+        <v>46076</v>
+      </c>
+      <c r="B1273" s="2" t="n">
+        <v>1.32882</v>
+      </c>
+    </row>
+    <row r="1274">
+      <c r="A1274" s="1" t="n">
+        <v>46077</v>
+      </c>
+      <c r="B1274" s="2" t="n">
+        <v>1.350207</v>
+      </c>
+    </row>
+    <row r="1275">
+      <c r="A1275" s="1" t="n">
+        <v>46078</v>
+      </c>
+      <c r="B1275" s="2" t="n">
+        <v>1.330143</v>
+      </c>
+    </row>
+    <row r="1276">
+      <c r="A1276" s="1" t="n">
+        <v>46079</v>
+      </c>
+      <c r="B1276" s="2" t="n">
+        <v>1.330673</v>
+      </c>
+    </row>
+    <row r="1277">
+      <c r="A1277" s="1" t="n">
+        <v>46080</v>
+      </c>
+      <c r="B1277" s="2" t="n">
+        <v>1.314848</v>
+      </c>
+    </row>
+    <row r="1278">
+      <c r="A1278" s="1" t="n">
+        <v>46083</v>
+      </c>
+      <c r="B1278" s="2" t="n">
+        <v>1.323928</v>
+      </c>
+    </row>
+    <row r="1279">
+      <c r="A1279" s="1" t="n">
+        <v>46084</v>
+      </c>
+      <c r="B1279" s="2" t="n">
+        <v>1.262841</v>
+      </c>
+    </row>
+    <row r="1280">
+      <c r="A1280" s="1" t="n">
+        <v>46085</v>
+      </c>
+      <c r="B1280" s="2" t="n">
+        <v>1.286766</v>
+      </c>
+    </row>
+    <row r="1281">
+      <c r="A1281" s="1" t="n">
+        <v>46086</v>
+      </c>
+      <c r="B1281" s="2" t="n">
+        <v>1.251162</v>
+      </c>
+    </row>
+    <row r="1282">
+      <c r="A1282" s="1" t="n">
+        <v>46087</v>
+      </c>
+      <c r="B1282" s="2" t="n">
+        <v>1.243446</v>
+      </c>
+    </row>
+    <row r="1283">
+      <c r="A1283" s="1" t="n">
+        <v>46090</v>
+      </c>
+      <c r="B1283" s="2" t="n">
+        <v>1.243752</v>
+      </c>
+    </row>
+    <row r="1284">
+      <c r="A1284" s="1" t="n">
+        <v>46091</v>
+      </c>
+      <c r="B1284" s="2" t="n">
+        <v>1.259964</v>
+      </c>
+    </row>
+    <row r="1285">
+      <c r="A1285" s="1" t="n">
+        <v>46092</v>
+      </c>
+      <c r="B1285" s="2" t="n">
+        <v>1.265126</v>
+      </c>
+    </row>
+    <row r="1286">
+      <c r="A1286" s="1" t="n">
+        <v>46093</v>
+      </c>
+      <c r="B1286" s="2" t="n">
+        <v>1.218705</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>