--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -415,51 +415,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B562"/>
+  <dimension ref="A1:B599"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Cota</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="n">
         <v>45223</v>
       </c>
       <c r="B2" s="2" t="n">
         <v>1</v>
@@ -4921,46 +4921,342 @@
         <v>1.349034</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="n">
         <v>46035</v>
       </c>
       <c r="B560" s="2" t="n">
         <v>1.325941</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="n">
         <v>46036</v>
       </c>
       <c r="B561" s="2" t="n">
         <v>1.323612</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="n">
         <v>46037</v>
       </c>
       <c r="B562" s="2" t="n">
         <v>1.309997</v>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563" s="1" t="n">
+        <v>46038</v>
+      </c>
+      <c r="B563" s="2" t="n">
+        <v>1.297774</v>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" s="1" t="n">
+        <v>46041</v>
+      </c>
+      <c r="B564" s="2" t="n">
+        <v>1.299603</v>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" s="1" t="n">
+        <v>46042</v>
+      </c>
+      <c r="B565" s="2" t="n">
+        <v>1.30472</v>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566" s="1" t="n">
+        <v>46043</v>
+      </c>
+      <c r="B566" s="2" t="n">
+        <v>1.327933</v>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567" s="1" t="n">
+        <v>46044</v>
+      </c>
+      <c r="B567" s="2" t="n">
+        <v>1.348032</v>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568" s="1" t="n">
+        <v>46045</v>
+      </c>
+      <c r="B568" s="2" t="n">
+        <v>1.357062</v>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569" s="1" t="n">
+        <v>46048</v>
+      </c>
+      <c r="B569" s="2" t="n">
+        <v>1.366296</v>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570" s="1" t="n">
+        <v>46049</v>
+      </c>
+      <c r="B570" s="2" t="n">
+        <v>1.390634</v>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" s="1" t="n">
+        <v>46050</v>
+      </c>
+      <c r="B571" s="2" t="n">
+        <v>1.40671</v>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" s="1" t="n">
+        <v>46051</v>
+      </c>
+      <c r="B572" s="2" t="n">
+        <v>1.386139</v>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573" s="1" t="n">
+        <v>46052</v>
+      </c>
+      <c r="B573" s="2" t="n">
+        <v>1.385509</v>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" s="1" t="n">
+        <v>46055</v>
+      </c>
+      <c r="B574" s="2" t="n">
+        <v>1.394642</v>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" s="1" t="n">
+        <v>46056</v>
+      </c>
+      <c r="B575" s="2" t="n">
+        <v>1.395856</v>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" s="1" t="n">
+        <v>46057</v>
+      </c>
+      <c r="B576" s="2" t="n">
+        <v>1.374708</v>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" s="1" t="n">
+        <v>46058</v>
+      </c>
+      <c r="B577" s="2" t="n">
+        <v>1.377401</v>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" s="1" t="n">
+        <v>46059</v>
+      </c>
+      <c r="B578" s="2" t="n">
+        <v>1.3881</v>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579" s="1" t="n">
+        <v>46062</v>
+      </c>
+      <c r="B579" s="2" t="n">
+        <v>1.391938</v>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580" s="1" t="n">
+        <v>46063</v>
+      </c>
+      <c r="B580" s="2" t="n">
+        <v>1.396913</v>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581" s="1" t="n">
+        <v>46064</v>
+      </c>
+      <c r="B581" s="2" t="n">
+        <v>1.404875</v>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" s="1" t="n">
+        <v>46065</v>
+      </c>
+      <c r="B582" s="2" t="n">
+        <v>1.389188</v>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" s="1" t="n">
+        <v>46066</v>
+      </c>
+      <c r="B583" s="2" t="n">
+        <v>1.384572</v>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" s="1" t="n">
+        <v>46071</v>
+      </c>
+      <c r="B584" s="2" t="n">
+        <v>1.392308</v>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" s="1" t="n">
+        <v>46072</v>
+      </c>
+      <c r="B585" s="2" t="n">
+        <v>1.416954</v>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586" s="1" t="n">
+        <v>46073</v>
+      </c>
+      <c r="B586" s="2" t="n">
+        <v>1.427824</v>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587" s="1" t="n">
+        <v>46076</v>
+      </c>
+      <c r="B587" s="2" t="n">
+        <v>1.395108</v>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588" s="1" t="n">
+        <v>46077</v>
+      </c>
+      <c r="B588" s="2" t="n">
+        <v>1.419111</v>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" s="1" t="n">
+        <v>46078</v>
+      </c>
+      <c r="B589" s="2" t="n">
+        <v>1.400191</v>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" s="1" t="n">
+        <v>46079</v>
+      </c>
+      <c r="B590" s="2" t="n">
+        <v>1.400578</v>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" s="1" t="n">
+        <v>46080</v>
+      </c>
+      <c r="B591" s="2" t="n">
+        <v>1.384481</v>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" s="1" t="n">
+        <v>46083</v>
+      </c>
+      <c r="B592" s="2" t="n">
+        <v>1.390761</v>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" s="1" t="n">
+        <v>46084</v>
+      </c>
+      <c r="B593" s="2" t="n">
+        <v>1.336001</v>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" s="1" t="n">
+        <v>46085</v>
+      </c>
+      <c r="B594" s="2" t="n">
+        <v>1.362594</v>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" s="1" t="n">
+        <v>46086</v>
+      </c>
+      <c r="B595" s="2" t="n">
+        <v>1.326471</v>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" s="1" t="n">
+        <v>46087</v>
+      </c>
+      <c r="B596" s="2" t="n">
+        <v>1.320974</v>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" s="1" t="n">
+        <v>46090</v>
+      </c>
+      <c r="B597" s="2" t="n">
+        <v>1.320845</v>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" s="1" t="n">
+        <v>46091</v>
+      </c>
+      <c r="B598" s="2" t="n">
+        <v>1.338432</v>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" s="1" t="n">
+        <v>46092</v>
+      </c>
+      <c r="B599" s="2" t="n">
+        <v>1.342692</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>